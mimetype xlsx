--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -83,324 +83,324 @@
   <si>
     <t>264 (+48)</t>
   </si>
   <si>
     <t>T4</t>
   </si>
   <si>
     <t>AHMAD YUNUS (PT)</t>
   </si>
   <si>
     <t>268 (+52)</t>
   </si>
   <si>
     <t>AZHARRUDIN BIN AZIZ (PT)</t>
   </si>
   <si>
     <t>CHAN MIN (PT)</t>
   </si>
   <si>
     <t>284 (+68)</t>
   </si>
   <si>
     <t>Main</t>
   </si>
   <si>
-    <t>Total: 22, Withdraw: 0</t>
+    <t>Total: 21, Withdraw: 0</t>
   </si>
   <si>
     <t>NICKLAUS CHIAM</t>
   </si>
   <si>
     <t>205 (-11)</t>
   </si>
   <si>
     <t>JAMES LEOW</t>
   </si>
   <si>
     <t>208 (-8)</t>
   </si>
   <si>
     <t>GREGORY FOO</t>
   </si>
   <si>
     <t>209 (-7)</t>
   </si>
   <si>
     <t>ABDUL HADI</t>
   </si>
   <si>
     <t>213 (-3)</t>
   </si>
   <si>
     <t>MARC ONG</t>
   </si>
   <si>
     <t>220 (+4)</t>
   </si>
   <si>
     <t>JUSTIN HAN</t>
   </si>
   <si>
     <t>224 (+8)</t>
   </si>
   <si>
     <t>FRANCIS TAN YONG TAT</t>
   </si>
   <si>
     <t>226 (+10)</t>
   </si>
   <si>
-    <t>ZAW MOE</t>
+    <t>MARC KAWASOE</t>
+  </si>
+  <si>
+    <t>229 (+13)</t>
+  </si>
+  <si>
+    <t>T9</t>
+  </si>
+  <si>
+    <t>JOSHUA YAP</t>
+  </si>
+  <si>
+    <t>233 (+17)</t>
+  </si>
+  <si>
+    <t>HAFIZH BIN ROSLAN</t>
+  </si>
+  <si>
+    <t>T11</t>
+  </si>
+  <si>
+    <t>WINSON ISKANDAR (Inv Pro)</t>
+  </si>
+  <si>
+    <t>234 (+18)</t>
+  </si>
+  <si>
+    <t>TRENT TURNER</t>
+  </si>
+  <si>
+    <t>ABIEL FRANZ LIM</t>
+  </si>
+  <si>
+    <t>237 (+21)</t>
+  </si>
+  <si>
+    <t>DENNY SUPRIADI (Inv Pro)</t>
+  </si>
+  <si>
+    <t>238 (+22)</t>
+  </si>
+  <si>
+    <t>NURAZIN BIN SUHADI (B)</t>
+  </si>
+  <si>
+    <t>242 (+26)</t>
+  </si>
+  <si>
+    <t>Elizabeth ANG</t>
+  </si>
+  <si>
+    <t>248 (+32)</t>
+  </si>
+  <si>
+    <t>CHEE KENG JIN (B)</t>
+  </si>
+  <si>
+    <t>251 (+35)</t>
+  </si>
+  <si>
+    <t>SYAFIQ BIN RAHIMAN</t>
+  </si>
+  <si>
+    <t>253 (+37)</t>
+  </si>
+  <si>
+    <t>JAIDEEP PATWARDHAJ</t>
+  </si>
+  <si>
+    <t>261 (+45)</t>
+  </si>
+  <si>
+    <t>KWAN CHAN WAI</t>
+  </si>
+  <si>
+    <t>274 (+58)</t>
+  </si>
+  <si>
+    <t>VICTOR TAY SENQUAN</t>
+  </si>
+  <si>
+    <t>279 (+63)</t>
+  </si>
+  <si>
+    <t>Senior</t>
+  </si>
+  <si>
+    <t>Total: 35, Withdraw: 0</t>
+  </si>
+  <si>
+    <t>MARDAN MAMAT (Sr)</t>
+  </si>
+  <si>
+    <t>212 (-4)</t>
+  </si>
+  <si>
+    <t>THANGGARAJU (Sr)</t>
+  </si>
+  <si>
+    <t>221 (+5)</t>
+  </si>
+  <si>
+    <t>MURUGIAH (Sr)</t>
+  </si>
+  <si>
+    <t>222 (+6)</t>
+  </si>
+  <si>
+    <t>POH ENG WAH (SR)</t>
+  </si>
+  <si>
+    <t>223 (+7)</t>
+  </si>
+  <si>
+    <t>CHANG REN CHIAT (Sr)</t>
+  </si>
+  <si>
+    <t>GARY KWEK (Sr)</t>
+  </si>
+  <si>
+    <t>ZAW MOE (SR)</t>
   </si>
   <si>
     <t>227 (+11)</t>
   </si>
   <si>
-    <t>MARC KAWASOE</t>
-[...2 lines deleted...]
-    <t>229 (+13)</t>
+    <t>BASHIR ISMAIL (SR)</t>
+  </si>
+  <si>
+    <t>235 (+19)</t>
+  </si>
+  <si>
+    <t>SANDEEP PHALNIKAR (SR)</t>
   </si>
   <si>
     <t>T10</t>
   </si>
   <si>
-    <t>JOSHUA YAP</t>
-[...5 lines deleted...]
-    <t>HAFIZH BIN ROSLAN</t>
+    <t>Jack Solomon (Sr)</t>
+  </si>
+  <si>
+    <t>239 (+23)</t>
+  </si>
+  <si>
+    <t>*JOY SALEVO (Inv Sr)</t>
   </si>
   <si>
     <t>T12</t>
   </si>
   <si>
-    <t>WINSON ISKANDAR (Inv Pro)</t>
-[...121 lines deleted...]
-  <si>
     <t>GOH KIM HUAT (Sr)</t>
   </si>
   <si>
     <t>241 (+25)</t>
   </si>
   <si>
     <t>KENNY KIM GI HYUN (Sr)</t>
   </si>
   <si>
     <t>BILL FUNG HEE KUAN (Sr)</t>
   </si>
   <si>
-    <t>T14</t>
+    <t>T15</t>
   </si>
   <si>
     <t>ALLEN KELLY (Sr)</t>
   </si>
   <si>
     <t>DANNY LIM KIM BOCK (Sr)</t>
   </si>
   <si>
     <t>KEITH LAZAROO  (Sr)</t>
   </si>
   <si>
     <t>DEAN TAN THIAM HOCK (Sr)</t>
   </si>
   <si>
-    <t>T18</t>
+    <t>T19</t>
   </si>
   <si>
     <t>JASON CHUA (Sr)</t>
   </si>
   <si>
     <t>247 (+31)</t>
   </si>
   <si>
     <t>SHAIK MODH DOW (Sr)</t>
   </si>
   <si>
     <t>DESMOND CHOO (Sr)</t>
   </si>
   <si>
-    <t>T21</t>
+    <t>T22</t>
   </si>
   <si>
     <t>SAM NG SOON GEE (SR)</t>
   </si>
   <si>
     <t>MCMANUS BRADLEY JON (SR)</t>
   </si>
   <si>
     <t>SAMUEL CHAN (Sr)</t>
   </si>
   <si>
     <t>MALEK BIN TALIB (Sr)</t>
   </si>
   <si>
     <t>JIT SIONG *(Inv SR)</t>
   </si>
   <si>
     <t>250 (+34)</t>
   </si>
   <si>
-    <t>NADARAJAN KARUPPIAH* (Inv Sr)</t>
+    <t>NADARAJAN KARUPPIAH (Sr)</t>
   </si>
   <si>
     <t>JUMARI BIN MOHD OSMAN (SR)</t>
   </si>
   <si>
     <t>252 (+36)</t>
   </si>
   <si>
     <t>CASEY MIKHAIL (SR)</t>
   </si>
   <si>
     <t>256 (+40)</t>
   </si>
   <si>
-    <t>T29</t>
+    <t>T30</t>
   </si>
   <si>
     <t>FREDDY LEOW (Sr)</t>
   </si>
   <si>
     <t>257 (+41)</t>
   </si>
   <si>
     <t>WAN ZAINAL (Sr)</t>
   </si>
   <si>
     <t>RAZLAN BIN MD DIN (Sr)</t>
   </si>
   <si>
     <t>NAIM BIN AMIR (Sr)</t>
   </si>
   <si>
     <t>263 (+47)</t>
   </si>
   <si>
     <t>SILAS PARASURAMAN (Sr)</t>
   </si>
   <si>
     <t>CHRIS YEO (Sr)</t>
   </si>
@@ -1122,508 +1122,508 @@
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18">
         <v>75</v>
       </c>
       <c r="D18">
         <v>77</v>
       </c>
       <c r="E18">
         <v>74</v>
       </c>
       <c r="F18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D19">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E19">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F19" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:7">
-      <c r="A20">
-        <v>9</v>
+      <c r="A20" t="s">
+        <v>40</v>
       </c>
       <c r="B20" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C20">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D20">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E20">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="D21">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="E21">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D22">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E22">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F22" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D23">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E23">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="F23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24">
+        <v>13</v>
+      </c>
+      <c r="B24" t="s">
         <v>48</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B24" t="s">
+      <c r="C24">
+        <v>79</v>
+      </c>
+      <c r="D24">
+        <v>83</v>
+      </c>
+      <c r="E24">
+        <v>75</v>
+      </c>
+      <c r="F24" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>14</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D25">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E25">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="F25" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>15</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="D26">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="E26">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F26" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>16</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27">
         <v>85</v>
       </c>
       <c r="D27">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E27">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F27" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>17</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D28">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="E28">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="D29">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="E29">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>19</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D30">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="E30">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>20</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D31">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E31">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>21</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D32">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E32">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
-[...3 lines deleted...]
-      <c r="B33" t="s">
+    <row r="34" spans="1:7">
+      <c r="A34" t="s">
         <v>66</v>
       </c>
-      <c r="C33">
-[...8 lines deleted...]
-      <c r="F33" t="s">
+      <c r="B34" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="35" spans="1:7">
-      <c r="A35" t="s">
+      <c r="A35">
+        <v>1</v>
+      </c>
+      <c r="B35" t="s">
         <v>68</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35">
+        <v>73</v>
+      </c>
+      <c r="D35">
+        <v>71</v>
+      </c>
+      <c r="E35">
+        <v>68</v>
+      </c>
+      <c r="F35" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B36" t="s">
         <v>70</v>
       </c>
       <c r="C36">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D36">
         <v>71</v>
       </c>
       <c r="E36">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F36" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B37" t="s">
         <v>72</v>
       </c>
       <c r="C37">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D37">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E37">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F37" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>74</v>
       </c>
       <c r="C38">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D38">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E38">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="F38" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B39" t="s">
         <v>76</v>
       </c>
       <c r="C39">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="D39">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="E39">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F39" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B40" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C40">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D40">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E40">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F40" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C41">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D41">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="E41">
         <v>73</v>
       </c>
       <c r="F41" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>80</v>
       </c>
       <c r="C42">
         <v>79</v>
       </c>
       <c r="D42">
         <v>79</v>
       </c>
       <c r="E42">
         <v>77</v>
       </c>
       <c r="F42" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B43" t="s">
         <v>82</v>
       </c>
       <c r="C43">
         <v>79</v>
       </c>
       <c r="D43">
         <v>83</v>
       </c>
       <c r="E43">
         <v>75</v>
       </c>
       <c r="F43" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>83</v>
       </c>
       <c r="B44" t="s">
         <v>84</v>
       </c>
       <c r="C44">
         <v>86</v>
       </c>
       <c r="D44">
         <v>76</v>
       </c>
       <c r="E44">
         <v>77</v>
       </c>
       <c r="F44" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>83</v>
@@ -1699,111 +1699,111 @@
       </c>
       <c r="E48">
         <v>79</v>
       </c>
       <c r="F48" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>92</v>
       </c>
       <c r="B49" t="s">
         <v>93</v>
       </c>
       <c r="C49">
         <v>77</v>
       </c>
       <c r="D49">
         <v>81</v>
       </c>
       <c r="E49">
         <v>84</v>
       </c>
       <c r="F49" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>92</v>
       </c>
       <c r="B50" t="s">
         <v>94</v>
       </c>
       <c r="C50">
         <v>83</v>
       </c>
       <c r="D50">
         <v>79</v>
       </c>
       <c r="E50">
         <v>80</v>
       </c>
       <c r="F50" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>92</v>
       </c>
       <c r="B51" t="s">
         <v>95</v>
       </c>
       <c r="C51">
         <v>81</v>
       </c>
       <c r="D51">
         <v>83</v>
       </c>
       <c r="E51">
         <v>78</v>
       </c>
       <c r="F51" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>92</v>
       </c>
       <c r="B52" t="s">
         <v>96</v>
       </c>
       <c r="C52">
         <v>89</v>
       </c>
       <c r="D52">
         <v>77</v>
       </c>
       <c r="E52">
         <v>76</v>
       </c>
       <c r="F52" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>97</v>
       </c>
       <c r="B53" t="s">
         <v>98</v>
       </c>
       <c r="C53">
         <v>77</v>
       </c>
       <c r="D53">
         <v>85</v>
       </c>
       <c r="E53">
         <v>85</v>
       </c>
       <c r="F53" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>97</v>
@@ -1839,176 +1839,176 @@
       </c>
       <c r="E55">
         <v>73</v>
       </c>
       <c r="F55" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>102</v>
       </c>
       <c r="B56" t="s">
         <v>103</v>
       </c>
       <c r="C56">
         <v>76</v>
       </c>
       <c r="D56">
         <v>85</v>
       </c>
       <c r="E56">
         <v>87</v>
       </c>
       <c r="F56" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>102</v>
       </c>
       <c r="B57" t="s">
         <v>104</v>
       </c>
       <c r="C57">
         <v>86</v>
       </c>
       <c r="D57">
         <v>79</v>
       </c>
       <c r="E57">
         <v>83</v>
       </c>
       <c r="F57" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>102</v>
       </c>
       <c r="B58" t="s">
         <v>105</v>
       </c>
       <c r="C58">
         <v>87</v>
       </c>
       <c r="D58">
         <v>79</v>
       </c>
       <c r="E58">
         <v>82</v>
       </c>
       <c r="F58" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B59" t="s">
         <v>106</v>
       </c>
       <c r="C59">
         <v>83</v>
       </c>
       <c r="D59">
         <v>85</v>
       </c>
       <c r="E59">
         <v>81</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B60" t="s">
         <v>107</v>
       </c>
       <c r="C60">
         <v>90</v>
       </c>
       <c r="D60">
         <v>83</v>
       </c>
       <c r="E60">
         <v>77</v>
       </c>
       <c r="F60" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B61" t="s">
         <v>109</v>
       </c>
       <c r="C61">
         <v>88</v>
       </c>
       <c r="D61">
         <v>86</v>
       </c>
       <c r="E61">
         <v>77</v>
       </c>
       <c r="F61" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B62" t="s">
         <v>110</v>
       </c>
       <c r="C62">
         <v>89</v>
       </c>
       <c r="D62">
         <v>82</v>
       </c>
       <c r="E62">
         <v>81</v>
       </c>
       <c r="F62" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B63" t="s">
         <v>112</v>
       </c>
       <c r="C63">
         <v>90</v>
       </c>
       <c r="D63">
         <v>85</v>
       </c>
       <c r="E63">
         <v>81</v>
       </c>
       <c r="F63" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>114</v>
       </c>
       <c r="B64" t="s">
         <v>115</v>
       </c>
       <c r="C64">
@@ -2024,111 +2024,111 @@
         <v>116</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>114</v>
       </c>
       <c r="B65" t="s">
         <v>117</v>
       </c>
       <c r="C65">
         <v>92</v>
       </c>
       <c r="D65">
         <v>79</v>
       </c>
       <c r="E65">
         <v>86</v>
       </c>
       <c r="F65" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B66" t="s">
         <v>118</v>
       </c>
       <c r="C66">
         <v>85</v>
       </c>
       <c r="D66">
         <v>89</v>
       </c>
       <c r="E66">
         <v>87</v>
       </c>
       <c r="F66" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B67" t="s">
         <v>119</v>
       </c>
       <c r="C67">
         <v>97</v>
       </c>
       <c r="D67">
         <v>86</v>
       </c>
       <c r="E67">
         <v>80</v>
       </c>
       <c r="F67" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B68" t="s">
         <v>121</v>
       </c>
       <c r="C68">
         <v>93</v>
       </c>
       <c r="D68">
         <v>85</v>
       </c>
       <c r="E68">
         <v>86</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B69" t="s">
         <v>122</v>
       </c>
       <c r="C69">
         <v>87</v>
       </c>
       <c r="D69">
         <v>96</v>
       </c>
       <c r="E69">
         <v>92</v>
       </c>
       <c r="F69" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>124</v>
       </c>
       <c r="B71" t="s">
         <v>125</v>
       </c>
     </row>