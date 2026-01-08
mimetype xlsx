--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -12,284 +12,287 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Par Tee Golf Series 2024 - Laguna National Golf Resort Club, Masters Course</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Players</t>
   </si>
   <si>
     <t>Round 1</t>
   </si>
   <si>
     <t>Round 2</t>
   </si>
   <si>
     <t>Round 3</t>
   </si>
   <si>
     <t>Overall</t>
   </si>
   <si>
     <t>Price$</t>
   </si>
   <si>
     <t>Main</t>
   </si>
   <si>
-    <t>Total: 25, Withdraw: 2</t>
+    <t>Total: 24, Withdraw: 2</t>
   </si>
   <si>
     <t>MARC ONG</t>
   </si>
   <si>
     <t>207 (-9)</t>
   </si>
   <si>
     <t>JOHNSON POH</t>
   </si>
   <si>
     <t>208 (-8)</t>
   </si>
   <si>
     <t>JAMES LEOW</t>
   </si>
   <si>
     <t>209 (-7)</t>
   </si>
   <si>
     <t>NICKLAUS CHIAM</t>
   </si>
   <si>
     <t>213 (-3)</t>
   </si>
   <si>
     <t>T5</t>
   </si>
   <si>
     <t>KOH DENGSHAN</t>
   </si>
   <si>
     <t>215 (-1)</t>
   </si>
   <si>
     <t>JUSTIN HAN</t>
   </si>
   <si>
     <t>ABDUL HADI</t>
   </si>
   <si>
     <t>218 (+2)</t>
   </si>
   <si>
-    <t>ZAW MOE</t>
+    <t>KATSUNAI TAKAHASHI</t>
+  </si>
+  <si>
+    <t>221 (+5)</t>
+  </si>
+  <si>
+    <t>KOH SOCK HWEE</t>
+  </si>
+  <si>
+    <t>222 (+6)</t>
+  </si>
+  <si>
+    <t>CHOO TZE HUANG</t>
+  </si>
+  <si>
+    <t>223 (+7)</t>
+  </si>
+  <si>
+    <t>WONG QI WEN</t>
+  </si>
+  <si>
+    <t>226 (+10)</t>
+  </si>
+  <si>
+    <t>JESSE YAP</t>
+  </si>
+  <si>
+    <t>227 (+11)</t>
+  </si>
+  <si>
+    <t>GOH KUN YANG</t>
+  </si>
+  <si>
+    <t>229 (+13)</t>
+  </si>
+  <si>
+    <t>GREGORY FOO</t>
+  </si>
+  <si>
+    <t>230 (+14)</t>
+  </si>
+  <si>
+    <t>TOMOO BISE</t>
+  </si>
+  <si>
+    <t>232 (+16)</t>
+  </si>
+  <si>
+    <t>HAFIZH BIN ROSLAN</t>
+  </si>
+  <si>
+    <t>233 (+17)</t>
+  </si>
+  <si>
+    <t>T17</t>
+  </si>
+  <si>
+    <t>S VIKKASH BABU</t>
+  </si>
+  <si>
+    <t>234 (+18)</t>
+  </si>
+  <si>
+    <t>Nigel TAN</t>
+  </si>
+  <si>
+    <t>JAIDEEP PATWARDHAJ</t>
+  </si>
+  <si>
+    <t>237 (+21)</t>
+  </si>
+  <si>
+    <t>JUMARI OSMAN (B)</t>
+  </si>
+  <si>
+    <t>239 (+23)</t>
+  </si>
+  <si>
+    <t>EDMUND TAN YEE HU</t>
+  </si>
+  <si>
+    <t>242 (+26)</t>
+  </si>
+  <si>
+    <t>NURAZIN BIN SUHADI (B)</t>
+  </si>
+  <si>
+    <t>250 (+34)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>AMELIA YONG</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>WONG YI YAO</t>
+  </si>
+  <si>
+    <t>Senior</t>
+  </si>
+  <si>
+    <t>Total: 19, Withdraw: 1</t>
+  </si>
+  <si>
+    <t>MARDAN MAMAT (Sr)</t>
+  </si>
+  <si>
+    <t>ZAW MOE (SR)</t>
   </si>
   <si>
     <t>219 (+3)</t>
   </si>
   <si>
-    <t>KATSUNAI TAKAHASHI</t>
-[...110 lines deleted...]
-    <t>T2</t>
+    <t>T3</t>
   </si>
   <si>
     <t>POH ENG WAH (SR)</t>
   </si>
   <si>
     <t>220 (+4)</t>
   </si>
   <si>
     <t>GARY KWEK (Sr)</t>
   </si>
   <si>
     <t>GOH KIM HUAT (Sr)</t>
   </si>
   <si>
+    <t>T6</t>
+  </si>
+  <si>
     <t>DEAN TAN THIAM HOCK (Sr)</t>
   </si>
   <si>
     <t>CHANG REN CHIAT (Sr)</t>
   </si>
   <si>
     <t>BILL FUNG HEE KUAN (Sr)</t>
   </si>
   <si>
     <t>DAVID NG KHIM NGUAN (Sr)</t>
   </si>
   <si>
     <t>231 (+15)</t>
   </si>
   <si>
-    <t>T9</t>
+    <t>T10</t>
   </si>
   <si>
     <t>MOHD ASHIEK (Sr)</t>
   </si>
   <si>
     <t>MARK LAMB (Sr)</t>
   </si>
   <si>
     <t>ALLEN KELLY (Sr)</t>
   </si>
   <si>
-    <t>T12</t>
+    <t>T13</t>
   </si>
   <si>
     <t>POH ENG TECK (Sr)</t>
   </si>
   <si>
     <t>THANGGARAJU (Sr)</t>
   </si>
   <si>
     <t>SAM NG SOON GEE (SR)</t>
   </si>
   <si>
     <t>Alan Chang (Sr)</t>
   </si>
   <si>
     <t>SANDEEP PHALNIKAR (SR)</t>
   </si>
   <si>
     <t>KENNY KIM GI HYUN (Sr)</t>
   </si>
   <si>
     <t>CHRIS PIALA (SR)</t>
   </si>
   <si>
     <t>Amateur</t>
   </si>
@@ -859,836 +862,836 @@
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
         <v>69</v>
       </c>
       <c r="D10">
         <v>75</v>
       </c>
       <c r="E10">
         <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D11">
+        <v>75</v>
+      </c>
+      <c r="E11">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>9</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
         <v>73</v>
       </c>
       <c r="D12">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E12">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
+        <v>76</v>
+      </c>
+      <c r="D13">
         <v>73</v>
       </c>
-      <c r="D13">
-[...1 lines deleted...]
-      </c>
       <c r="E13">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D14">
         <v>73</v>
       </c>
       <c r="E14">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>12</v>
       </c>
       <c r="B15" t="s">
         <v>32</v>
       </c>
       <c r="C15">
         <v>74</v>
       </c>
       <c r="D15">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="E15">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D16">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E16">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>14</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D17">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E17">
         <v>80</v>
       </c>
       <c r="F17" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>15</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
+        <v>78</v>
+      </c>
+      <c r="D18">
         <v>76</v>
       </c>
-      <c r="D18">
-[...1 lines deleted...]
-      </c>
       <c r="E18">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
+        <v>80</v>
+      </c>
+      <c r="D19">
         <v>78</v>
       </c>
-      <c r="D19">
-[...1 lines deleted...]
-      </c>
       <c r="E19">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="F19" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:7">
-      <c r="A20">
-        <v>17</v>
+      <c r="A20" t="s">
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20">
+        <v>74</v>
+      </c>
+      <c r="D20">
         <v>80</v>
       </c>
-      <c r="D20">
-[...1 lines deleted...]
-      </c>
       <c r="E20">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D21">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E21">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F21" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22">
+        <v>19</v>
+      </c>
+      <c r="B22" t="s">
         <v>46</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C22">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D22">
         <v>79</v>
       </c>
       <c r="E22">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>20</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D23">
+        <v>76</v>
+      </c>
+      <c r="E23">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F23" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>21</v>
       </c>
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="D24">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E24">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="F24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>22</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
       </c>
       <c r="C25">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="D25">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E25">
         <v>90</v>
       </c>
       <c r="F25" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:7">
-      <c r="A26">
-        <v>23</v>
+      <c r="A26" t="s">
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="D26">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E26">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D27">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" t="s">
         <v>58</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B28" t="s">
+      <c r="B29" t="s">
         <v>59</v>
       </c>
-      <c r="C28">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="30" spans="1:7">
-      <c r="A30" t="s">
+      <c r="A30">
+        <v>1</v>
+      </c>
+      <c r="B30" t="s">
         <v>60</v>
       </c>
-      <c r="B30" t="s">
-        <v>61</v>
+      <c r="C30">
+        <v>73</v>
+      </c>
+      <c r="D30">
+        <v>69</v>
+      </c>
+      <c r="E30">
+        <v>67</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B31" t="s">
+        <v>61</v>
+      </c>
+      <c r="C31">
+        <v>70</v>
+      </c>
+      <c r="D31">
+        <v>73</v>
+      </c>
+      <c r="E31">
+        <v>76</v>
+      </c>
+      <c r="F31" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>63</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32">
         <v>73</v>
       </c>
       <c r="D32">
         <v>71</v>
       </c>
       <c r="E32">
         <v>76</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>63</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33">
         <v>76</v>
       </c>
       <c r="D33">
         <v>72</v>
       </c>
       <c r="E33">
         <v>72</v>
       </c>
       <c r="F33" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B34" t="s">
         <v>67</v>
       </c>
       <c r="C34">
         <v>74</v>
       </c>
       <c r="D34">
         <v>74</v>
       </c>
       <c r="E34">
         <v>78</v>
       </c>
       <c r="F34" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="B35" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C35">
         <v>71</v>
       </c>
       <c r="D35">
         <v>82</v>
       </c>
       <c r="E35">
         <v>74</v>
       </c>
       <c r="F35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="B36" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C36">
         <v>77</v>
       </c>
       <c r="D36">
         <v>78</v>
       </c>
       <c r="E36">
         <v>72</v>
       </c>
       <c r="F36" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C37">
         <v>77</v>
       </c>
       <c r="D37">
         <v>77</v>
       </c>
       <c r="E37">
         <v>75</v>
       </c>
       <c r="F37" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B38" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C38">
         <v>75</v>
       </c>
       <c r="D38">
         <v>74</v>
       </c>
       <c r="E38">
         <v>82</v>
       </c>
       <c r="F38" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C39">
         <v>77</v>
       </c>
       <c r="D39">
         <v>80</v>
       </c>
       <c r="E39">
         <v>75</v>
       </c>
       <c r="F39" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B40" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C40">
         <v>85</v>
       </c>
       <c r="D40">
         <v>73</v>
       </c>
       <c r="E40">
         <v>74</v>
       </c>
       <c r="F40" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C41">
         <v>79</v>
       </c>
       <c r="D41">
         <v>79</v>
       </c>
       <c r="E41">
         <v>74</v>
       </c>
       <c r="F41" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B42" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C42">
         <v>78</v>
       </c>
       <c r="D42">
         <v>77</v>
       </c>
       <c r="E42">
         <v>78</v>
       </c>
       <c r="F42" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B43" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C43">
         <v>77</v>
       </c>
       <c r="D43">
         <v>81</v>
       </c>
       <c r="E43">
         <v>75</v>
       </c>
       <c r="F43" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B44" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C44">
         <v>79</v>
       </c>
       <c r="D44">
         <v>80</v>
       </c>
       <c r="E44">
         <v>74</v>
       </c>
       <c r="F44" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B45" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C45">
         <v>77</v>
       </c>
       <c r="D45">
         <v>78</v>
       </c>
       <c r="E45">
         <v>79</v>
       </c>
       <c r="F45" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B46" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C46">
         <v>80</v>
       </c>
       <c r="D46">
         <v>79</v>
       </c>
       <c r="E46">
         <v>78</v>
       </c>
       <c r="F46" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C47">
         <v>77</v>
       </c>
       <c r="D47">
         <v>82</v>
       </c>
       <c r="E47">
         <v>80</v>
       </c>
       <c r="F47" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B48" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C48">
         <v>85</v>
       </c>
       <c r="D48">
         <v>85</v>
       </c>
       <c r="E48">
         <v>0</v>
       </c>
       <c r="F48" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B50" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>1</v>
       </c>
       <c r="B51" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C51">
         <v>74</v>
       </c>
       <c r="D51">
         <v>79</v>
       </c>
       <c r="E51">
         <v>81</v>
       </c>
       <c r="F51" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>2</v>
       </c>
       <c r="B52" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C52">
         <v>80</v>
       </c>
       <c r="D52">
         <v>76</v>
       </c>
       <c r="E52">
         <v>87</v>
       </c>
       <c r="F52" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B53" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C53">
         <v>75</v>
       </c>
       <c r="D53">
         <v>68</v>
       </c>
       <c r="E53">
         <v>0</v>
       </c>
       <c r="F53" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>